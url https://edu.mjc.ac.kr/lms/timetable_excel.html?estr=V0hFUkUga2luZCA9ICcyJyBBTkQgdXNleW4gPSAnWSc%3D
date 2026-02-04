--- v0 (2025-11-22)
+++ v1 (2026-02-04)
@@ -12,116 +12,90 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>09:00 - 10:00</t>
   </si>
   <si>
     <t>10:00 - 11:00</t>
   </si>
   <si>
-    <t>[RISE] 생성형 AI를 활용한 2D/3D영상 그래픽 제작과정
-[...6 lines deleted...]
-  <si>
     <t>11:00 - 12:00</t>
   </si>
   <si>
-    <t>[RISE] PCCS 퍼스널컬러전문과정
-[...2 lines deleted...]
-  <si>
     <t>12:00 - 13:00</t>
   </si>
   <si>
     <t>13:00 - 14:00</t>
   </si>
   <si>
-    <t>[RISE] 방과후 웹툰강사 양성과정
-[...6 lines deleted...]
-(10:00 - 16:00)</t>
+    <t>[RISE] 항공촬영 실전 완성 과정
+(13:00 - 17:00)
+[RISE] 설 명절 전, 나에게 가장 잘 어울리는 스타일 찾기
+(13:00 - 17:00)</t>
+  </si>
+  <si>
+    <t>[RISE] 설 명절 전, 나에게 가장 잘 어울리는 스타일 찾기
+(13:00 - 17:00)</t>
   </si>
   <si>
     <t>14:00 - 15:00</t>
   </si>
   <si>
     <t>15:00 - 16:00</t>
   </si>
   <si>
     <t>16:00 - 17:00</t>
   </si>
   <si>
-    <t>[RISE] 헤어스타일링 역량개발
-[...2 lines deleted...]
-  <si>
     <t>17:00 - 18:00</t>
   </si>
   <si>
-    <t>패션UP, 패브릭 업사이클 클래스(친환경방향제백 만들기)
-[...4 lines deleted...]
-  <si>
     <t>18:00 - 19:00</t>
-  </si>
-[...2 lines deleted...]
-(17:00 - 19:00)</t>
   </si>
   <si>
     <t>19:00 - 20:00</t>
   </si>
   <si>
     <t>20:00 - 21:00</t>
   </si>
   <si>
     <t>21:00 - 22:00</t>
   </si>
   <si>
     <t>22:00 - 23:00</t>
   </si>
   <si>
     <t>시간</t>
   </si>
   <si>
     <t>월</t>
   </si>
   <si>
     <t>화</t>
   </si>
   <si>
     <t>수</t>
   </si>
@@ -513,297 +487,257 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H15" sqref="H15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="3"/>
     <col min="2" max="2" width="30" customWidth="true" style="3"/>
     <col min="3" max="3" width="30" customWidth="true" style="3"/>
     <col min="4" max="4" width="30" customWidth="true" style="3"/>
     <col min="5" max="5" width="30" customWidth="true" style="3"/>
     <col min="6" max="6" width="30" customWidth="true" style="3"/>
     <col min="7" max="7" width="30" customWidth="true" style="3"/>
     <col min="8" max="8" width="30" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="25">
       <c r="A1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="H1" s="1" t="s">
         <v>23</v>
-      </c>
-[...16 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="2" spans="1:8" customHeight="1" ht="50">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="50">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
-      <c r="G3" s="4" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G3" s="4"/>
+      <c r="H3" s="4"/>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="50">
       <c r="A4" s="2" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
-      <c r="E4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E4" s="4"/>
       <c r="F4" s="4"/>
-      <c r="G4" s="4" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G4" s="4"/>
+      <c r="H4" s="4"/>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="50">
       <c r="A5" s="2" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
-      <c r="E5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E5" s="4"/>
       <c r="F5" s="4"/>
-      <c r="G5" s="4" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="50">
       <c r="A6" s="2" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-      <c r="C6" s="4"/>
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>5</v>
+      </c>
       <c r="D6" s="4" t="s">
-        <v>8</v>
-[...12 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E6" s="4"/>
+      <c r="F6" s="4"/>
+      <c r="G6" s="4"/>
+      <c r="H6" s="4"/>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="50">
       <c r="A7" s="2" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-      <c r="C7" s="4"/>
+        <v>7</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>5</v>
+      </c>
       <c r="D7" s="4" t="s">
-        <v>8</v>
-[...12 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E7" s="4"/>
+      <c r="F7" s="4"/>
+      <c r="G7" s="4"/>
+      <c r="H7" s="4"/>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="50">
       <c r="A8" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="C8" s="4"/>
+        <v>8</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>5</v>
+      </c>
       <c r="D8" s="4" t="s">
-        <v>8</v>
-[...12 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E8" s="4"/>
+      <c r="F8" s="4"/>
+      <c r="G8" s="4"/>
+      <c r="H8" s="4"/>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="50">
       <c r="A9" s="2" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-      <c r="C9" s="4"/>
+        <v>9</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>5</v>
+      </c>
       <c r="D9" s="4" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E9" s="4"/>
+      <c r="F9" s="4"/>
       <c r="G9" s="4"/>
-      <c r="H9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H9" s="4"/>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="50">
       <c r="A10" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
-      <c r="D10" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="4"/>
       <c r="E10" s="4"/>
-      <c r="F10" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F10" s="4"/>
       <c r="G10" s="4"/>
-      <c r="H10" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10" s="4"/>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="50">
       <c r="A11" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
-      <c r="D11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
-      <c r="H11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11" s="4"/>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="50">
       <c r="A12" s="2" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="50">
       <c r="A13" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="50">
       <c r="A14" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="50">
       <c r="A15" s="2" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>