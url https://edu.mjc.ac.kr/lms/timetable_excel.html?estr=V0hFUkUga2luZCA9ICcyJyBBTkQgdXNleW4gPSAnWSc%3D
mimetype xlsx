--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -12,75 +12,65 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>09:00 - 10:00</t>
   </si>
   <si>
     <t>10:00 - 11:00</t>
   </si>
   <si>
     <t>11:00 - 12:00</t>
   </si>
   <si>
     <t>12:00 - 13:00</t>
   </si>
   <si>
     <t>13:00 - 14:00</t>
-  </si>
-[...8 lines deleted...]
-(13:00 - 17:00)</t>
   </si>
   <si>
     <t>14:00 - 15:00</t>
   </si>
   <si>
     <t>15:00 - 16:00</t>
   </si>
   <si>
     <t>16:00 - 17:00</t>
   </si>
   <si>
     <t>17:00 - 18:00</t>
   </si>
   <si>
     <t>18:00 - 19:00</t>
   </si>
   <si>
     <t>19:00 - 20:00</t>
   </si>
   <si>
     <t>20:00 - 21:00</t>
   </si>
   <si>
     <t>21:00 - 22:00</t>
   </si>
@@ -487,72 +477,72 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H15" sqref="H15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="3"/>
     <col min="2" max="2" width="30" customWidth="true" style="3"/>
     <col min="3" max="3" width="30" customWidth="true" style="3"/>
     <col min="4" max="4" width="30" customWidth="true" style="3"/>
     <col min="5" max="5" width="30" customWidth="true" style="3"/>
     <col min="6" max="6" width="30" customWidth="true" style="3"/>
     <col min="7" max="7" width="30" customWidth="true" style="3"/>
     <col min="8" max="8" width="30" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="25">
       <c r="A1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="H1" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:8" customHeight="1" ht="50">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="50">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
@@ -563,181 +553,157 @@
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="50">
       <c r="A5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="50">
       <c r="A6" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="4" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B6" s="4"/>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="50">
       <c r="A7" s="2" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="B7" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="C7" s="4" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B7" s="4"/>
+      <c r="C7" s="4"/>
+      <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="50">
       <c r="A8" s="2" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="D8" s="4" t="s">
         <v>6</v>
       </c>
+      <c r="B8" s="4"/>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="50">
       <c r="A9" s="2" t="s">
-        <v>9</v>
-[...9 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="B9" s="4"/>
+      <c r="C9" s="4"/>
+      <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="50">
       <c r="A10" s="2" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="50">
       <c r="A11" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="50">
       <c r="A12" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="50">
       <c r="A13" s="2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="50">
       <c r="A14" s="2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="50">
       <c r="A15" s="2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>